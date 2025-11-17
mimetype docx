--- v0 (2025-10-03)
+++ v1 (2025-11-17)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1632843963"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1632843963"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_952191892"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_952191892"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_952191892"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1632843963"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1632843963"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_952191892"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_952191892"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_952191892"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1632843963"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1632843963"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_952191892"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_952191892"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_952191892"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1632843963"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1632843963"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_952191892"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_952191892"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_952191892"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1632843963"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1632843963"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_952191892"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_952191892"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_952191892"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1632843963"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1632843963"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_952191892"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_952191892"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_952191892"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1632843963"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1632843963"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_952191892"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_952191892"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_952191892"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1632843963"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1632843963"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_952191892"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_952191892"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_952191892"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>