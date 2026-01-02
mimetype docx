--- v1 (2025-11-17)
+++ v2 (2026-01-02)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_952191892"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_952191892"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1246127836"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1246127836"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1246127836"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_952191892"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_952191892"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1246127836"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1246127836"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1246127836"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_952191892"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_952191892"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1246127836"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1246127836"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1246127836"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_952191892"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_952191892"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1246127836"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1246127836"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1246127836"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_952191892"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_952191892"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1246127836"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1246127836"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1246127836"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_952191892"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_952191892"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1246127836"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1246127836"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1246127836"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_952191892"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_952191892"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1246127836"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1246127836"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1246127836"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_952191892"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_952191892"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1246127836"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1246127836"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1246127836"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>