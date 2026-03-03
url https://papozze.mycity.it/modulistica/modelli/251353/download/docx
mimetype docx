--- v2 (2026-01-02)
+++ v3 (2026-03-03)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1246127836"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1246127836"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3288804124"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3288804124"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3288804124"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1246127836"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1246127836"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3288804124"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3288804124"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3288804124"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1246127836"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1246127836"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3288804124"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3288804124"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3288804124"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1246127836"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1246127836"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3288804124"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3288804124"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3288804124"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1246127836"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1246127836"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3288804124"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3288804124"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3288804124"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1246127836"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1246127836"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3288804124"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3288804124"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3288804124"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1246127836"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1246127836"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3288804124"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3288804124"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3288804124"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1246127836"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1246127836"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3288804124"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3288804124"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3288804124"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>